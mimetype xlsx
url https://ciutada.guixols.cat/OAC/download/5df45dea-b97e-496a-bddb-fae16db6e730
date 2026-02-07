--- v0 (2025-11-23)
+++ v1 (2026-02-07)
@@ -453,66 +453,66 @@
     <xf numFmtId="0" fontId="3" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="0" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="44" fontId="0" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="44" fontId="0" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="44" fontId="0" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="44" fontId="0" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="44" fontId="0" fillId="0" borderId="12" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="44" fontId="0" fillId="0" borderId="13" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="44" fontId="0" fillId="0" borderId="14" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="44" fontId="0" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1"/>
-[...5 lines deleted...]
-    <xf numFmtId="44" fontId="0" fillId="0" borderId="14" xfId="1" applyFont="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Moneda" xfId="1" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
@@ -765,1193 +765,1209 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:D21"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="D26" sqref="D26"/>
+      <selection activeCell="D21" sqref="D21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="17.42578125" customWidth="1"/>
     <col min="2" max="2" width="15.140625" customWidth="1"/>
     <col min="3" max="3" width="23" customWidth="1"/>
     <col min="4" max="4" width="25.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="29.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="20" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="21" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="21" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="22" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A2" s="29">
+      <c r="A2" s="36">
         <v>2021</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="14">
         <v>-2723192.67</v>
       </c>
       <c r="D2" s="11">
         <v>4840944.72</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A3" s="30"/>
+      <c r="A3" s="37"/>
       <c r="B3" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C3" s="9">
         <v>-1404710.01</v>
       </c>
       <c r="D3" s="12">
         <v>6798506.6399999997</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A4" s="30"/>
+      <c r="A4" s="37"/>
       <c r="B4" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C4" s="9">
         <v>-2002944.94</v>
       </c>
       <c r="D4" s="12">
         <v>6907806.6900000004</v>
       </c>
     </row>
     <row r="5" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="31"/>
+      <c r="A5" s="38"/>
       <c r="B5" s="5" t="s">
         <v>7</v>
       </c>
       <c r="C5" s="7">
         <v>1258017.98</v>
       </c>
       <c r="D5" s="13">
         <v>11089291.24</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A6" s="29">
+      <c r="A6" s="36">
         <v>2022</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>4</v>
       </c>
       <c r="C6" s="14">
         <v>-7668755.5099999998</v>
       </c>
       <c r="D6" s="11">
         <v>10082171.619999999</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A7" s="30"/>
+      <c r="A7" s="37"/>
       <c r="B7" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C7" s="9">
         <v>-5221203.49</v>
       </c>
       <c r="D7" s="12">
         <v>9803367.9399999995</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A8" s="30"/>
+      <c r="A8" s="37"/>
       <c r="B8" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C8" s="9">
         <v>-3302954.11</v>
       </c>
       <c r="D8" s="12">
         <v>9565367.0999999996</v>
       </c>
     </row>
     <row r="9" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A9" s="31"/>
+      <c r="A9" s="38"/>
       <c r="B9" s="5" t="s">
         <v>7</v>
       </c>
       <c r="C9" s="7">
         <v>-1205340.1100000001</v>
       </c>
       <c r="D9" s="13">
         <v>10270033.859999999</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A10" s="29">
+      <c r="A10" s="36">
         <v>2023</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>4</v>
       </c>
       <c r="C10" s="14">
         <v>-6715149.4400000004</v>
       </c>
       <c r="D10" s="11">
         <v>10032033.02</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A11" s="30"/>
+      <c r="A11" s="37"/>
       <c r="B11" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C11" s="9">
         <v>-9212522.4499999993</v>
       </c>
       <c r="D11" s="12">
         <v>9719780.5</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A12" s="30"/>
+      <c r="A12" s="37"/>
       <c r="B12" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C12" s="9">
         <v>-7514369.71</v>
       </c>
       <c r="D12" s="12">
         <v>9565367.0999999996</v>
       </c>
     </row>
     <row r="13" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A13" s="31"/>
+      <c r="A13" s="38"/>
       <c r="B13" s="5" t="s">
         <v>7</v>
       </c>
       <c r="C13" s="7">
         <v>-3147060.47</v>
       </c>
       <c r="D13" s="13">
         <v>10964933.16</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A14" s="29">
+      <c r="A14" s="36">
         <v>2024</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>4</v>
       </c>
       <c r="C14" s="14">
         <v>-6054293.1600000001</v>
       </c>
       <c r="D14" s="11">
         <v>10701932.32</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A15" s="30"/>
+      <c r="A15" s="37"/>
       <c r="B15" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C15" s="9">
         <v>-4962650.26</v>
       </c>
       <c r="D15" s="12">
         <v>10365013.57</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A16" s="30"/>
+      <c r="A16" s="37"/>
       <c r="B16" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C16" s="9">
         <v>-1984557.37</v>
       </c>
       <c r="D16" s="12">
         <v>9730186.4600000009</v>
       </c>
     </row>
     <row r="17" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A17" s="31"/>
+      <c r="A17" s="38"/>
       <c r="B17" s="5" t="s">
         <v>7</v>
       </c>
       <c r="C17" s="7">
         <v>2621329.58</v>
       </c>
       <c r="D17" s="13">
         <v>9730183.4600000009</v>
       </c>
     </row>
     <row r="18" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A18" s="29">
+      <c r="A18" s="36">
         <v>2025</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="C18" s="32">
+      <c r="C18" s="29">
         <v>101320.41</v>
       </c>
-      <c r="D18" s="33">
+      <c r="D18" s="30">
         <v>9423754.4000000004</v>
       </c>
     </row>
     <row r="19" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A19" s="30"/>
+      <c r="A19" s="37"/>
       <c r="B19" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C19" s="34">
+      <c r="C19" s="31">
         <v>109398.9</v>
       </c>
-      <c r="D19" s="35">
+      <c r="D19" s="32">
         <v>8788211.4499999993</v>
       </c>
     </row>
     <row r="20" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A20" s="30"/>
+      <c r="A20" s="37"/>
       <c r="B20" s="1" t="s">
         <v>6</v>
       </c>
-      <c r="C20" s="34"/>
-      <c r="D20" s="35"/>
+      <c r="C20" s="31">
+        <v>1583112.08</v>
+      </c>
+      <c r="D20" s="32">
+        <v>7677112.7199999997</v>
+      </c>
     </row>
     <row r="21" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A21" s="31"/>
+      <c r="A21" s="38"/>
       <c r="B21" s="5" t="s">
         <v>7</v>
       </c>
       <c r="C21" s="8"/>
       <c r="D21" s="19"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A2:A5"/>
     <mergeCell ref="A6:A9"/>
     <mergeCell ref="A10:A13"/>
     <mergeCell ref="A14:A17"/>
     <mergeCell ref="A18:A21"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:D21"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="C20" sqref="C20"/>
+      <selection activeCell="C21" sqref="C21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="13.85546875" customWidth="1"/>
     <col min="2" max="2" width="13.7109375" customWidth="1"/>
     <col min="3" max="3" width="17.85546875" customWidth="1"/>
     <col min="4" max="4" width="20" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="45.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="25" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="26" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="26" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="27" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A2" s="29">
+      <c r="A2" s="36">
         <v>2021</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="14">
         <v>19320.5</v>
       </c>
       <c r="D2" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A3" s="30"/>
+      <c r="A3" s="37"/>
       <c r="B3" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C3" s="9">
         <v>-68852.38</v>
       </c>
       <c r="D3" s="4">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A4" s="30"/>
+      <c r="A4" s="37"/>
       <c r="B4" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C4" s="9">
         <v>-13188</v>
       </c>
       <c r="D4" s="4">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="31"/>
+      <c r="A5" s="38"/>
       <c r="B5" s="5" t="s">
         <v>7</v>
       </c>
       <c r="C5" s="7">
         <v>-15971.53</v>
       </c>
       <c r="D5" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A6" s="29">
+      <c r="A6" s="36">
         <v>2022</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>4</v>
       </c>
       <c r="C6" s="14">
         <v>-10565.09</v>
       </c>
       <c r="D6" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A7" s="30"/>
+      <c r="A7" s="37"/>
       <c r="B7" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C7" s="9">
         <v>-46787.27</v>
       </c>
       <c r="D7" s="4">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A8" s="30"/>
+      <c r="A8" s="37"/>
       <c r="B8" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C8" s="9">
         <v>35982.629999999997</v>
       </c>
       <c r="D8" s="4">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A9" s="31"/>
+      <c r="A9" s="38"/>
       <c r="B9" s="5" t="s">
         <v>7</v>
       </c>
       <c r="C9" s="7">
         <v>19897.71</v>
       </c>
       <c r="D9" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A10" s="29">
+      <c r="A10" s="36">
         <v>2023</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>4</v>
       </c>
       <c r="C10" s="14">
         <v>20674.7</v>
       </c>
       <c r="D10" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A11" s="30"/>
+      <c r="A11" s="37"/>
       <c r="B11" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C11" s="9">
         <v>13030.6</v>
       </c>
       <c r="D11" s="4">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A12" s="30"/>
+      <c r="A12" s="37"/>
       <c r="B12" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C12" s="9">
         <v>8016.6</v>
       </c>
       <c r="D12" s="4">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A13" s="31"/>
+      <c r="A13" s="38"/>
       <c r="B13" s="5" t="s">
         <v>7</v>
       </c>
       <c r="C13" s="7">
         <v>5713.49</v>
       </c>
       <c r="D13" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A14" s="29">
+      <c r="A14" s="36">
         <v>2024</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>4</v>
       </c>
       <c r="C14" s="14">
         <v>30372.27</v>
       </c>
       <c r="D14" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A15" s="30"/>
+      <c r="A15" s="37"/>
       <c r="B15" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C15" s="9">
         <v>42870.559999999998</v>
       </c>
       <c r="D15" s="4">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A16" s="30"/>
+      <c r="A16" s="37"/>
       <c r="B16" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C16" s="9">
         <v>102741.15</v>
       </c>
       <c r="D16" s="4">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A17" s="31"/>
+      <c r="A17" s="38"/>
       <c r="B17" s="5" t="s">
         <v>7</v>
       </c>
       <c r="C17" s="7">
         <v>187217.58</v>
       </c>
       <c r="D17" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A18" s="29">
+      <c r="A18" s="36">
         <v>2025</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>4</v>
       </c>
       <c r="C18" s="14">
         <v>26890.97</v>
       </c>
       <c r="D18" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A19" s="30"/>
+      <c r="A19" s="37"/>
       <c r="B19" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C19" s="9">
         <v>-3.57</v>
       </c>
       <c r="D19" s="4">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A20" s="30"/>
+      <c r="A20" s="37"/>
       <c r="B20" s="1" t="s">
         <v>6</v>
       </c>
-      <c r="C20" s="9"/>
-      <c r="D20" s="4"/>
+      <c r="C20" s="9">
+        <v>-26453.88</v>
+      </c>
+      <c r="D20" s="4">
+        <v>0</v>
+      </c>
     </row>
     <row r="21" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A21" s="31"/>
+      <c r="A21" s="38"/>
       <c r="B21" s="5" t="s">
         <v>7</v>
       </c>
       <c r="C21" s="7"/>
       <c r="D21" s="6"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A2:A5"/>
     <mergeCell ref="A6:A9"/>
     <mergeCell ref="A10:A13"/>
     <mergeCell ref="A14:A17"/>
     <mergeCell ref="A18:A21"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:D21"/>
   <sheetViews>
     <sheetView topLeftCell="A13" workbookViewId="0">
-      <selection activeCell="J33" sqref="J33"/>
+      <selection activeCell="D21" sqref="D21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="2" max="2" width="14.42578125" customWidth="1"/>
     <col min="3" max="3" width="22" customWidth="1"/>
     <col min="4" max="4" width="22.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="30.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="25" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="26" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="26" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="27" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A2" s="29">
+      <c r="A2" s="36">
         <v>2021</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="14">
         <v>9118</v>
       </c>
       <c r="D2" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A3" s="30"/>
+      <c r="A3" s="37"/>
       <c r="B3" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C3" s="9">
         <v>7951.36</v>
       </c>
       <c r="D3" s="4">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A4" s="30"/>
+      <c r="A4" s="37"/>
       <c r="B4" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C4" s="9">
         <v>29792.37</v>
       </c>
       <c r="D4" s="4">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="31"/>
+      <c r="A5" s="38"/>
       <c r="B5" s="5" t="s">
         <v>7</v>
       </c>
       <c r="C5" s="7">
         <v>46890.69</v>
       </c>
       <c r="D5" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A6" s="29">
+      <c r="A6" s="36">
         <v>2022</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>4</v>
       </c>
       <c r="C6" s="14">
         <v>1907.37</v>
       </c>
       <c r="D6" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A7" s="30"/>
+      <c r="A7" s="37"/>
       <c r="B7" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C7" s="9">
         <v>-5097.63</v>
       </c>
       <c r="D7" s="4">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A8" s="30"/>
+      <c r="A8" s="37"/>
       <c r="B8" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C8" s="9">
         <v>23749.65</v>
       </c>
       <c r="D8" s="4">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A9" s="31"/>
+      <c r="A9" s="38"/>
       <c r="B9" s="5" t="s">
         <v>7</v>
       </c>
       <c r="C9" s="7">
         <v>34074.47</v>
       </c>
       <c r="D9" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A10" s="29">
+      <c r="A10" s="36">
         <v>2023</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>4</v>
       </c>
       <c r="C10" s="14">
         <v>144955.14000000001</v>
       </c>
       <c r="D10" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A11" s="30"/>
+      <c r="A11" s="37"/>
       <c r="B11" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C11" s="9">
         <v>4730.92</v>
       </c>
       <c r="D11" s="4">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A12" s="30"/>
+      <c r="A12" s="37"/>
       <c r="B12" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C12" s="9">
         <v>22841.75</v>
       </c>
       <c r="D12" s="4">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A13" s="31"/>
+      <c r="A13" s="38"/>
       <c r="B13" s="5" t="s">
         <v>7</v>
       </c>
       <c r="C13" s="28">
         <v>19157.169999999998</v>
       </c>
       <c r="D13" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A14" s="29">
+      <c r="A14" s="36">
         <v>2024</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>4</v>
       </c>
       <c r="C14" s="14">
         <v>-5672.56</v>
       </c>
       <c r="D14" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A15" s="30"/>
+      <c r="A15" s="37"/>
       <c r="B15" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C15" s="9">
         <v>32031.96</v>
       </c>
       <c r="D15" s="4">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A16" s="30"/>
+      <c r="A16" s="37"/>
       <c r="B16" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C16" s="9">
         <v>38177.94</v>
       </c>
       <c r="D16" s="4">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A17" s="31"/>
+      <c r="A17" s="38"/>
       <c r="B17" s="5" t="s">
         <v>7</v>
       </c>
       <c r="C17" s="5">
         <v>37162.06</v>
       </c>
       <c r="D17" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A18" s="29">
+      <c r="A18" s="36">
         <v>2025</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="C18" s="32">
+      <c r="C18" s="29">
         <v>12502</v>
       </c>
-      <c r="D18" s="33">
+      <c r="D18" s="30">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A19" s="30"/>
+      <c r="A19" s="37"/>
       <c r="B19" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C19" s="34">
+      <c r="C19" s="31">
         <v>10185.1</v>
       </c>
-      <c r="D19" s="35">
+      <c r="D19" s="32">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A20" s="30"/>
+      <c r="A20" s="37"/>
       <c r="B20" s="1" t="s">
         <v>6</v>
       </c>
-      <c r="C20" s="34"/>
-      <c r="D20" s="35"/>
+      <c r="C20" s="31">
+        <v>25300.38</v>
+      </c>
+      <c r="D20" s="32">
+        <v>0</v>
+      </c>
     </row>
     <row r="21" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A21" s="31"/>
+      <c r="A21" s="38"/>
       <c r="B21" s="5" t="s">
         <v>7</v>
       </c>
       <c r="C21" s="8"/>
       <c r="D21" s="19"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A2:A5"/>
     <mergeCell ref="A6:A9"/>
     <mergeCell ref="A10:A13"/>
     <mergeCell ref="A14:A17"/>
     <mergeCell ref="A18:A21"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:E27"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="H29" sqref="H29"/>
+      <selection activeCell="F21" sqref="F21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="19.42578125" customWidth="1"/>
     <col min="2" max="2" width="13.42578125" customWidth="1"/>
     <col min="3" max="3" width="20.5703125" customWidth="1"/>
     <col min="4" max="4" width="20.85546875" customWidth="1"/>
     <col min="5" max="5" width="27.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="69" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="23" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="23" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="23" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="24" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="23" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A2" s="29">
+      <c r="A2" s="36">
         <v>2021</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="10">
         <v>-2694754.17</v>
       </c>
       <c r="D2" s="15">
         <v>4840944.72</v>
       </c>
       <c r="E2" s="3"/>
     </row>
     <row r="3" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A3" s="30"/>
+      <c r="A3" s="37"/>
       <c r="B3" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C3" s="9">
         <v>-1465611.03</v>
       </c>
       <c r="D3" s="16">
         <v>6798506.6399999997</v>
       </c>
       <c r="E3" s="4"/>
     </row>
     <row r="4" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A4" s="30"/>
+      <c r="A4" s="37"/>
       <c r="B4" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C4" s="9">
         <v>-1986340.57</v>
       </c>
       <c r="D4" s="16">
         <v>6907806.6900000004</v>
       </c>
       <c r="E4" s="4"/>
     </row>
     <row r="5" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="31"/>
+      <c r="A5" s="38"/>
       <c r="B5" s="5" t="s">
         <v>7</v>
       </c>
       <c r="C5" s="7">
         <v>1288937.1399999999</v>
       </c>
       <c r="D5" s="17">
         <v>11089291.24</v>
       </c>
       <c r="E5" s="6"/>
     </row>
     <row r="6" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A6" s="29">
+      <c r="A6" s="36">
         <v>2022</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>4</v>
       </c>
       <c r="C6" s="14">
         <v>-7677413.2300000004</v>
       </c>
       <c r="D6" s="15">
         <v>10082171.619999999</v>
       </c>
       <c r="E6" s="3"/>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A7" s="30"/>
+      <c r="A7" s="37"/>
       <c r="B7" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C7" s="9">
         <v>-5273088.3899999997</v>
       </c>
       <c r="D7" s="16">
         <v>9803367.9399999995</v>
       </c>
       <c r="E7" s="4"/>
     </row>
     <row r="8" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A8" s="30"/>
+      <c r="A8" s="37"/>
       <c r="B8" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C8" s="9">
         <v>-3243221.83</v>
       </c>
       <c r="D8" s="16">
         <v>9565367.0999999996</v>
       </c>
       <c r="E8" s="4"/>
     </row>
     <row r="9" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A9" s="31"/>
+      <c r="A9" s="38"/>
       <c r="B9" s="5" t="s">
         <v>7</v>
       </c>
       <c r="C9" s="7">
         <v>-1151367.93</v>
       </c>
       <c r="D9" s="17">
         <v>10270033.859999999</v>
       </c>
       <c r="E9" s="6"/>
     </row>
     <row r="10" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A10" s="29">
+      <c r="A10" s="36">
         <v>2023</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>4</v>
       </c>
       <c r="C10" s="14">
         <v>-6549519.5999999996</v>
       </c>
       <c r="D10" s="15">
         <v>10032033.02</v>
       </c>
       <c r="E10" s="3"/>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A11" s="30"/>
+      <c r="A11" s="37"/>
       <c r="B11" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C11" s="9">
         <v>-9194760.9299999997</v>
       </c>
       <c r="D11" s="16">
         <v>9719780.5</v>
       </c>
       <c r="E11" s="4"/>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A12" s="30"/>
+      <c r="A12" s="37"/>
       <c r="B12" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C12" s="9">
         <v>-7483511.3600000003</v>
       </c>
       <c r="D12" s="16">
         <v>9565367.0999999996</v>
       </c>
       <c r="E12" s="4"/>
     </row>
     <row r="13" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A13" s="31"/>
+      <c r="A13" s="38"/>
       <c r="B13" s="5" t="s">
         <v>7</v>
       </c>
       <c r="C13" s="7">
         <v>-3122189.81</v>
       </c>
       <c r="D13" s="18">
         <v>10964933.16</v>
       </c>
       <c r="E13" s="6"/>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A14" s="29">
+      <c r="A14" s="36">
         <v>2024</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>4</v>
       </c>
       <c r="C14" s="14">
         <v>-6029593.4500000002</v>
       </c>
       <c r="D14" s="15">
         <v>10701932.32</v>
       </c>
       <c r="E14" s="3"/>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A15" s="30"/>
+      <c r="A15" s="37"/>
       <c r="B15" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C15" s="9">
         <v>-4887747.74</v>
       </c>
       <c r="D15" s="16">
         <v>10365013.57</v>
       </c>
       <c r="E15" s="4"/>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A16" s="30"/>
+      <c r="A16" s="37"/>
       <c r="B16" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C16" s="9">
         <v>-1843638.28</v>
       </c>
       <c r="D16" s="16">
         <v>9730186.4600000009</v>
       </c>
       <c r="E16" s="4"/>
     </row>
     <row r="17" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A17" s="31"/>
+      <c r="A17" s="38"/>
       <c r="B17" s="5" t="s">
         <v>7</v>
       </c>
       <c r="C17" s="8">
         <v>2845709.17</v>
       </c>
       <c r="D17" s="17">
         <v>9730186.4600000009</v>
       </c>
       <c r="E17" s="19">
         <v>5303596.41</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A18" s="29">
+      <c r="A18" s="36">
         <v>2025</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="C18" s="32">
+      <c r="C18" s="29">
         <v>140713.38</v>
       </c>
-      <c r="D18" s="36">
+      <c r="D18" s="33">
         <v>9423754.4000000004</v>
       </c>
-      <c r="E18" s="33"/>
+      <c r="E18" s="30"/>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A19" s="30"/>
+      <c r="A19" s="37"/>
       <c r="B19" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C19" s="34">
+      <c r="C19" s="31">
         <v>119580.43</v>
       </c>
-      <c r="D19" s="37">
+      <c r="D19" s="34">
         <v>8788211.4499999993</v>
       </c>
-      <c r="E19" s="35"/>
+      <c r="E19" s="32"/>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A20" s="30"/>
+      <c r="A20" s="37"/>
       <c r="B20" s="1" t="s">
         <v>6</v>
       </c>
-      <c r="C20" s="34"/>
-[...1 lines deleted...]
-      <c r="E20" s="35"/>
+      <c r="C20" s="31">
+        <v>1581958.58</v>
+      </c>
+      <c r="D20" s="34">
+        <v>7677112.7199999997</v>
+      </c>
+      <c r="E20" s="32"/>
     </row>
     <row r="21" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A21" s="31"/>
+      <c r="A21" s="38"/>
       <c r="B21" s="5" t="s">
         <v>7</v>
       </c>
       <c r="C21" s="8"/>
-      <c r="D21" s="38"/>
+      <c r="D21" s="35"/>
       <c r="E21" s="19"/>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" t="s">
         <v>8</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A2:A5"/>
     <mergeCell ref="A6:A9"/>
     <mergeCell ref="A10:A13"/>
     <mergeCell ref="A14:A17"/>
     <mergeCell ref="A18:A21"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>