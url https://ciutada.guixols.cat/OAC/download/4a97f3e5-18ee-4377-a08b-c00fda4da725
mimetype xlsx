--- v0 (2025-11-11)
+++ v1 (2026-01-07)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="164011"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\MMARTIN\BPMDocs\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="15360" windowHeight="6600"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="23" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="37" uniqueCount="31">
   <si>
     <t>X2025030272</t>
   </si>
   <si>
     <t>X2024004535</t>
   </si>
   <si>
     <t>Expedient</t>
   </si>
   <si>
     <t>Interessat/da</t>
   </si>
   <si>
     <t xml:space="preserve">Reposició </t>
   </si>
   <si>
     <t>Convocatòria i les bases de selecció d'una plaça d’enginyer/a superior</t>
   </si>
   <si>
     <t>Acte impugnat</t>
   </si>
   <si>
     <t xml:space="preserve">Desestimació de la reclamació patrimonial </t>
   </si>
   <si>
@@ -82,50 +82,77 @@
     <t xml:space="preserve">Descripció </t>
   </si>
   <si>
     <t xml:space="preserve">Text acte revisat </t>
   </si>
   <si>
     <t xml:space="preserve">Acte final </t>
   </si>
   <si>
     <t>Estimació del recurs i esmena de les bases en relació amb la definició del títol universitari requerit</t>
   </si>
   <si>
     <t>Bases procés de selecció</t>
   </si>
   <si>
     <t xml:space="preserve">Acte esmenat </t>
   </si>
   <si>
     <t>Estimació del recurs, revocació del Decret impugnat i retroacció a les actuacions al moment de la pràctica de la prova</t>
   </si>
   <si>
     <t xml:space="preserve">Desestimació recurs </t>
   </si>
   <si>
     <t>Acte final</t>
+  </si>
+  <si>
+    <t>X2025041638</t>
+  </si>
+  <si>
+    <t>***</t>
+  </si>
+  <si>
+    <t>Denegació d'inscripció al padró municipal d'habitants</t>
+  </si>
+  <si>
+    <t>Estimació en comprovar-se la residència efectiva</t>
+  </si>
+  <si>
+    <t>Decret impugnat</t>
+  </si>
+  <si>
+    <t>Decret estimació recurs</t>
+  </si>
+  <si>
+    <t>x2025042203</t>
+  </si>
+  <si>
+    <t>Denegació autorització venda al mercat periòdic</t>
+  </si>
+  <si>
+    <t>Estimació per estar al corrent de pagament</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
@@ -177,61 +204,61 @@
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
   <cellXfs count="11">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hipervínculo" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -474,242 +501,282 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ciutada.guixols.cat/OAC/download/05f44240-42fa-4dc5-8a71-5f9e61a1e8ea" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ciutada.guixols.cat/OAC/download/3b850b18-5a6d-4c11-a2d7-e793252a79e7" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ciutada.guixols.cat/OAC/download/aa46d0e5-0d9d-484b-a254-d09e1af97112" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ciutada.guixols.cat/OAC/download/186f0355-853a-4a18-a772-d5414075bfb9" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ciutada.guixols.cat/OAC/download/df62d44a-e1b3-4182-8be3-78598741d25b" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ciutada.guixols.cat/OAC/download/05f44240-42fa-4dc5-8a71-5f9e61a1e8ea" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ciutada.guixols.cat/OAC/download/4c0faa40-8ab5-4461-9a5b-3079ea5d2d6e" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ciutada.guixols.cat/OAC/download/3b850b18-5a6d-4c11-a2d7-e793252a79e7" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ciutada.guixols.cat/OAC/download/aa46d0e5-0d9d-484b-a254-d09e1af97112" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ciutada.guixols.cat/OAC/download/e6c0a4f3-2514-476f-8b29-e14e520b8256" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ciutada.guixols.cat/OAC/download/5236ff20-6d73-4019-b3fe-2ba261e7f224" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ciutada.guixols.cat/OAC/download/186f0355-853a-4a18-a772-d5414075bfb9" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="I2" sqref="I2"/>
+      <selection activeCell="C11" sqref="C11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="12.5703125" style="2" customWidth="1"/>
     <col min="2" max="2" width="28.140625" style="2" customWidth="1"/>
     <col min="3" max="3" width="30.42578125" style="2" customWidth="1"/>
     <col min="4" max="4" width="10.7109375" style="2" customWidth="1"/>
     <col min="5" max="5" width="15.5703125" style="2" customWidth="1"/>
     <col min="6" max="6" width="14.7109375" style="2" customWidth="1"/>
     <col min="7" max="7" width="54.42578125" style="2" customWidth="1"/>
     <col min="8" max="8" width="25.42578125" style="2" customWidth="1"/>
     <col min="9" max="9" width="20.28515625" style="2" customWidth="1"/>
     <col min="10" max="10" width="0" style="2" hidden="1" customWidth="1"/>
     <col min="11" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>14</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="2" spans="1:9" ht="45" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="B2" s="3" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C2" s="3" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="D2" s="3" t="s">
         <v>4</v>
       </c>
       <c r="E2" s="4">
-        <v>45838</v>
+        <v>45322</v>
       </c>
       <c r="F2" s="4">
-        <v>45847</v>
+        <v>45589</v>
       </c>
       <c r="G2" s="3" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>18</v>
+        <v>19</v>
+      </c>
+      <c r="H2" s="9" t="s">
+        <v>20</v>
+      </c>
+      <c r="I2" s="9" t="s">
+        <v>21</v>
       </c>
     </row>
     <row r="3" spans="1:9" ht="45" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="B3" s="3" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C3" s="3" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="D3" s="3" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="4">
-        <v>45322</v>
+        <v>45838</v>
       </c>
       <c r="F3" s="4">
-        <v>45589</v>
+        <v>45847</v>
       </c>
       <c r="G3" s="3" t="s">
-        <v>19</v>
-[...30 lines deleted...]
-    <row r="6" spans="1:9" s="9" customFormat="1" x14ac:dyDescent="0.25">
+        <v>16</v>
+      </c>
+      <c r="H3" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="I3" s="9" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="4" spans="1:9" s="8" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A4" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B4" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C4" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="D4" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="E4" s="4">
+        <v>45904</v>
+      </c>
+      <c r="F4" s="4">
+        <v>45944</v>
+      </c>
+      <c r="G4" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H4" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="I4" s="9" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9" s="8" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A5" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B5" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C5" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="E5" s="4">
+        <v>45898</v>
+      </c>
+      <c r="F5" s="4">
+        <v>45938</v>
+      </c>
+      <c r="G5" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="H5" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="I5" s="9" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9" s="8" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A6" s="5"/>
       <c r="B6" s="5"/>
       <c r="C6" s="5"/>
       <c r="D6" s="5"/>
-      <c r="E6" s="7"/>
-      <c r="F6" s="7"/>
+      <c r="E6" s="6"/>
+      <c r="F6" s="6"/>
       <c r="G6" s="5"/>
-      <c r="H6" s="8"/>
+      <c r="H6" s="7"/>
       <c r="I6" s="5"/>
     </row>
-    <row r="7" spans="1:9" s="9" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:9" s="8" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A7" s="5"/>
       <c r="B7" s="5"/>
       <c r="C7" s="5"/>
       <c r="D7" s="5"/>
-      <c r="E7" s="7"/>
-      <c r="F7" s="7"/>
+      <c r="E7" s="6"/>
+      <c r="F7" s="6"/>
       <c r="G7" s="5"/>
-      <c r="H7" s="8"/>
+      <c r="H7" s="7"/>
       <c r="I7" s="5"/>
     </row>
-    <row r="8" spans="1:9" s="9" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:9" s="8" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A8" s="5"/>
       <c r="B8" s="5"/>
       <c r="C8" s="5"/>
       <c r="D8" s="5"/>
-      <c r="E8" s="7"/>
-      <c r="F8" s="7"/>
+      <c r="E8" s="6"/>
+      <c r="F8" s="6"/>
       <c r="G8" s="5"/>
-      <c r="H8" s="8"/>
+      <c r="H8" s="7"/>
       <c r="I8" s="5"/>
     </row>
-    <row r="9" spans="1:9" s="9" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:9" s="8" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A9" s="5"/>
       <c r="B9" s="5"/>
       <c r="C9" s="5"/>
       <c r="D9" s="5"/>
-      <c r="E9" s="7"/>
-      <c r="F9" s="7"/>
+      <c r="E9" s="6"/>
+      <c r="F9" s="6"/>
       <c r="G9" s="5"/>
-      <c r="H9" s="8"/>
+      <c r="H9" s="7"/>
       <c r="I9" s="5"/>
     </row>
-    <row r="10" spans="1:9" s="9" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="10" spans="1:9" s="8" customFormat="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <sortState ref="A1:J18">
     <sortCondition descending="1" ref="A1"/>
   </sortState>
   <hyperlinks>
-    <hyperlink ref="H3" r:id="rId1"/>
-[...2 lines deleted...]
-    <hyperlink ref="H2" r:id="rId4"/>
+    <hyperlink ref="H2" r:id="rId1"/>
+    <hyperlink ref="I2" r:id="rId2"/>
+    <hyperlink ref="I3" r:id="rId3"/>
+    <hyperlink ref="H3" r:id="rId4"/>
+    <hyperlink ref="H4" r:id="rId5"/>
+    <hyperlink ref="I4" r:id="rId6"/>
+    <hyperlink ref="H5" r:id="rId7"/>
+    <hyperlink ref="I5" r:id="rId8"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId5"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId9"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet0</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>